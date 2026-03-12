--- v0 (2026-01-21)
+++ v1 (2026-03-12)
@@ -1,1342 +1,9008 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-[...36 lines deleted...]
-</workbook>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:body>
+    <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="12995" w:type="dxa"/>
+        <w:tblInd w:w="-3" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1352"/>
+        <w:gridCol w:w="981"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="1315"/>
+        <w:gridCol w:w="1530"/>
+        <w:gridCol w:w="1952"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1328"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="5CD51158" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="615"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CDAF4B3" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="5C59DA07" wp14:editId="58168AB0">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>253365</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>-603250</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="981075" cy="876300"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="4" name="image1.png"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="image1.png"/>
+                          <pic:cNvPicPr preferRelativeResize="0"/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId5"/>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="981075" cy="876300"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4293" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0980C4FB" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FORMATO DE SYLLABUS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46890603" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Código: AA-FR-003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4839" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="045CAEC5" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="714CFF83" wp14:editId="275DACD3">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>102235</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>-463550</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="2095500" cy="609600"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="5" name="image2.png"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="image2.png"/>
+                          <pic:cNvPicPr preferRelativeResize="0"/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6"/>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2095500" cy="609600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DAB6C7B" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="7A3A58BC" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="02EB378F" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4293" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B68B4D1" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Macroproceso: Direccionamiento Estratégico</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19DC62A2" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Versión: 01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4839" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A05A809" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="5A73E170" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="578"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A39BBE3" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4293" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75825896" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Proceso: Autoevaluación y Acreditación</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CC4D5BD" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fecha de Aprobación: 27/07/2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4839" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="41C8F396" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="72A3D3EC" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="210"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D0B940D" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="981" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E27B00A" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60061E4C" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44EAFD9C" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1315" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B94D5A5" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DEEC669" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3656B9AB" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45FB0818" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="049F31CB" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="732A0510" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="615"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1617D7F9" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FACULTAD: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10662" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43717748" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> CIENCIAS Y EDUCACIÓN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="337221ED" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59856A95" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>PROYECTO CURRICULAR:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5823" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="135FEBC9" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>LICENCIATURA EN EDUCACIÓN INFANTIL </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3511" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F14895" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>CÓDIGO PLAN DE ESTUDIOS:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="594A2605" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> 287</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="4BA89EB5" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F4A332" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>I. IDENTIFICACIÓN DEL ESPACIO ACADÉMICO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="5ED22381" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F58DE58" w14:textId="7001DA2F" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOMBRE DEL ESPACIO ACADÉMICO:    </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA07D0" w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Redes de Cuidado Infantil: Comunidad, escuela y familia.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="0BF786B7" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3751" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C2E5E9A" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Código del espacio académico:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75AAEF06" w14:textId="79AA9F91" w:rsidR="00ED36FB" w:rsidRDefault="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>24627</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4797" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49D40CB6" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Número de créditos académicos:  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2887" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A918775" w14:textId="4D19AD7C" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="27F49E89" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3751" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA10EA8" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Distribución horas de trabajo:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="229B813F" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>HTD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1315" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F72CBD" w14:textId="21B86BBF" w:rsidR="00ED36FB" w:rsidRDefault="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F897A7C" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>HTC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18F999B5" w14:textId="2FA78E75" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2796EB06" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>HTA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7144751B" w14:textId="3B0A51C8" w:rsidR="00ED36FB" w:rsidRDefault="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="70631251" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3751" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B534912" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Tipo de espacio académico:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="086FDAA6" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Asignatura</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1315" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D15079" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16961BEC" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Cátedra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E7BEAA2" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E4A9CD" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F6584BE" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="27B296D2" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31469EED" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>NATURALEZA DEL ESPACIO ACADÉMICO:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="5972A2DE" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48A5525B" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CICLO FORMATIVO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="981" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE78BEF" w14:textId="23AE9E8C" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB" w:rsidP="5F9D15A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21DDD8F5" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NÚCLEO PROBLÉMICO </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="577E3172" w14:textId="7D0535F9" w:rsidR="00ED36FB" w:rsidRDefault="104DC794" w:rsidP="104DC794">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1315" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7495FCA1" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FORMA DE TRABAJO ACADÉMICO </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F9C983D" w14:textId="4BF49ED9" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB" w:rsidP="5F9D15A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="387C11D7" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ÁREAS QUE CONFLUYEN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2887" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="171A7C84" w14:textId="68FB9200" w:rsidR="00ED36FB" w:rsidRDefault="00BA07D0" w:rsidP="5F9D15A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NIÑO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="31A51E64" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53128261" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5319B162" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Obligatorio </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5274" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15AA318D" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DE48419" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>    X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34E94B92" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Electivo </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4839" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62486C05" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="1E3DC219" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="435"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43EC243F" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CARÁCTER DEL ESPACIO ACADÉMICO:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="13F2012F" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8BB2F6" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Teórico</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="981" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52FF9951" w14:textId="15F045DE" w:rsidR="00ED36FB" w:rsidRDefault="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>x</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13E7186F" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Práctico</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50A3C107" w14:textId="2DCFA5C8" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1315" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB7799D" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Teórico-Práctico</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="271AB530" w14:textId="70F4429E" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4839" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4101652C" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="3DF65C7D" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28D17BC5" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>MODALIDAD DE OFERTA DEL ESPACIO ACADÉMICO: PRESENCIAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="758F3B9B" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29BDECD6" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>II.  SUGERENCIAS DE SABERES Y CONOCIMIENTOS PREVIOS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="4B99056E" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1299C43A" w14:textId="5B383071" w:rsidR="00ED36FB" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>El seminario redes de cuidado infantil: comunidad, escuela y familia se plantea como un espacio sólido para la argumentación y las posibilidades creativas de las y los estudiantes del proyecto curricular, en este sentido, se espera que en el nivel que se encuentra este espacio académico, las y los licenciados en educación infantil poseen un bagaje conceptual con relación a la infancia, tendencias y teorías que centran la infancia, así mismo, tienen un recorrido y experiencias de vivencias y prácticas, por lo que se confronta con realidades educativas y escenarios que problematizan el cuidado y la infancia a partir de una concepción ética y política.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="4DDBEF00" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3461D779" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="3CF2D8B6" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB78278" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="1FC39945" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0562CB0E" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="34CE0A41" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="309"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62EBF3C5" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="4D04A3D6" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC4997E" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>III. JUSTIFICACIÓN DEL ESPACIO ACADÉMICO (SU RELACIÓN CON EL NÚCLEO PROBLÉMICO)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2946DB82" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB" w:rsidP="007C14A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="5997CC1D" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31046596" w14:textId="77777777" w:rsidR="00464BA7" w:rsidRPr="00BA07D0" w:rsidRDefault="00464BA7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="440E6CF4" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">El cuidado infantil es un elemento esencial en el desarrollo integral de la niñez y en la construcción de una sociedad equitativa y ética. La interacción entre familia, escuela y comunidad configura redes de cuidado que, desde una perspectiva interdisciplinaria, posibilitan el fortalecimiento de prácticas pedagógicas sensibles, éticas y transformadoras. Este seminario busca analizar el papel del educador en la configuración de estas redes, partiendo de una reflexión sobre su identidad profesional, su práctica pedagógica y su compromiso con la transformación social. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="787697CA" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">En este sentido, el seminario "Redes de Cuidado Infantil: Comunidad, Escuela y Familia" se organiza en tres periodos, los cuales integran de manera transversal las dimensiones ontológico-sociológica, epistémico-pedagógica, ético-política y estética, permitiendo un análisis progresivo de los fundamentos teóricos y su aplicación en la práctica educativa. Cada periodo del seminario desarrolla una perspectiva clave sobre el cuidado y la educación infantil, apoyándose en marcos teóricos que fundamentan la comprensión del rol del educador y la consolidación de redes de cuidado. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78AA27B3" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Primer periodo: El educador como sujeto investigador y la construcción de redes de cuidado. Desde un enfoque ontológico-sociológico, este periodo invita a reflexionar sobre la identidad del educador como investigador de su práctica, analizando las redes de cuidado desde su origen y función social. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32C1FFE1" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Segundo periodo: La práctica pedagógica en la consolidación de redes de cuidado. Este periodo enfatiza la dimensión epistémico-pedagógica, abordando cómo las redes de cuidado se materializan en la enseñanza y en la construcción de ambientes educativos seguros y afectivos.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57822C56" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Tercer periodo: El compromiso ético y político del educador en las redes de cuidado</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37EBB1AA" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">El cierre del seminario articula la reflexión ético-política y estética, enfocándose en el rol del docente como agente de transformación social y en la importancia del </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>sentipensamiento</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> en la construcción de comunidades de cuidado.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="680B991A" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">La estructuración del seminario se fundamenta en diversos enfoques teóricos que explican la importancia de las redes de cuidado en la infancia y el rol del educador en su configuración, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FFD6C30" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Enfoque ecológico del desarrollo humano (Bronfenbrenner, 1979), Teoría del apego (Bowlby, 1969) y el vínculo afectivo en la educación (Ainsworth, 1978): La importancia del cuidado emocional</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="582C3CEF" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>El apego seguro es un pilar para el desarrollo emocional y social de los niños.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="342A9250" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>En contextos educativos, el educador puede desempeñar un papel clave como figura de referencia afectiva.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="603BD9B5" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vinculación con el objetivo: Justifica la necesidad de que los docentes comprendan su rol dentro de las redes de cuidado, promoviendo entornos escolares que brinden seguridad y estabilidad emocional. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Socioconstructivismo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y aprendizaje situado (Vygotsky, 1978; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Rogoff</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>, 1993): El educador como mediador del aprendizaje y la cultura,  El desarrollo del niño no se da de manera aislada, sino que es producto de la interacción social y el aprendizaje compartido.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="731BDC01" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Perspectivas contemporáneas sobre educación y cuidado: hacia una pedagogía del cuidado y la transformación social.  María Victoria Peralta (2010): Destaca la importancia del educador infantil como garante del derecho a una educación de calidad basada en el afecto y el reconocimiento de la diversidad.  Martha Nussbaum (2011): Desde su enfoque de capacidades, resalta la educación como herramienta para desarrollar habilidades éticas, emocionales y sociales. Figueroa y Arango (2021): Exploran el concepto de redes de cuidado desde una perspectiva comunitaria, promoviendo la corresponsabilidad entre Estado, familia y escuela</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ED3F7BF" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Estas perspectivas refuerzan la idea de que la formación del docente debe ir más allá del aula, integrando una mirada crítica y reflexiva sobre el cuidado como práctica ética y política en la sociedad.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74D404B8" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>El seminario "Redes de Cuidado Infantil: Comunidad, Escuela y Familia" permite a los participantes comprender el cuidado infantil desde una perspectiva integral, incorporando elementos teóricos y prácticos que fortalezcan su identidad como educadores. A través de un enfoque progresivo e interdisciplinario, el curso fomenta la construcción de redes de cuidado desde la investigación educativa, la práctica pedagógica y la transformación social.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B1AE32C" w14:textId="04C5F8BD" w:rsidR="00464BA7" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>A partir de una metodología basada en la lectura crítica, el análisis de casos, los círculos de diálogo y la reflexión pedagógica, se espera que los docentes en formación y en ejercicio desarrollen estrategias que fortalezcan su compromiso con la educación y el cuidado infantil en sus diversas dimensiones.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02AFF896" w14:textId="77777777" w:rsidR="00464BA7" w:rsidRPr="00BA07D0" w:rsidRDefault="00464BA7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F13FF52" w14:textId="77777777" w:rsidR="00464BA7" w:rsidRPr="00BA07D0" w:rsidRDefault="00464BA7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="361366D4" w14:textId="77777777" w:rsidR="00464BA7" w:rsidRPr="00BA07D0" w:rsidRDefault="00464BA7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C0117FC" w14:textId="77777777" w:rsidR="00464BA7" w:rsidRPr="00BA07D0" w:rsidRDefault="00464BA7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="593A3F4E" w14:textId="77777777" w:rsidR="00464BA7" w:rsidRPr="00BA07D0" w:rsidRDefault="00464BA7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B97DC67" w14:textId="77777777" w:rsidR="00464BA7" w:rsidRPr="00BA07D0" w:rsidRDefault="00464BA7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22709B70" w14:textId="77777777" w:rsidR="00464BA7" w:rsidRPr="00BA07D0" w:rsidRDefault="00464BA7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26D61E42" w14:textId="77777777" w:rsidR="00464BA7" w:rsidRPr="00BA07D0" w:rsidRDefault="00464BA7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="464D5FC5" w14:textId="77777777" w:rsidR="00464BA7" w:rsidRPr="00BA07D0" w:rsidRDefault="00464BA7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7826EE4F" w14:textId="77777777" w:rsidR="00464BA7" w:rsidRPr="00BA07D0" w:rsidRDefault="00464BA7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D1AB0D1" w14:textId="77777777" w:rsidR="0078755B" w:rsidRPr="00BA07D0" w:rsidRDefault="0078755B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4AF6EC6C" w14:textId="77777777" w:rsidR="0078755B" w:rsidRPr="00BA07D0" w:rsidRDefault="0078755B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="110FFD37" w14:textId="77777777" w:rsidR="00464BA7" w:rsidRPr="00BA07D0" w:rsidRDefault="00464BA7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="6B699379" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FE9F23F" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="1F72F646" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08CE6F91" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="61CDCEAD" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB9E253" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="23DE523C" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52E56223" w14:textId="77777777" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36FB" w14:paraId="315C4C9D" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07547A01" w14:textId="5790B363" w:rsidR="00ED36FB" w:rsidRDefault="00000000" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>IV. PROPÓSITOS DE FORMACIÓN Y DE APRENDIZAJE (PFA) GENERALES DEL PROYECTO CURRICULAR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="0FC0049D" w14:textId="77777777" w:rsidTr="00C13510">
+        <w:trPr>
+          <w:trHeight w:val="1830"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="547DC36A" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Dimensión ontológica y sociológica</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67D3B039" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">En consonancia con la apuesta de la dimensión Ontológica-sociológica, en sus propósitos de formación el Proyecto Curricular, espera que los maestros, a partir de la caracterización y del análisis crítico de la época y de los contextos en los que se desenvuelven los niños y las niñas: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F513499" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1.  Promuevan procesos pedagógicos significativos, que reconozcan la mutua interdependencia entre los diferentes seres que habitan en el mundo y propendan por la configuración de relaciones de armonía, defensa y cuidado de la vida en sus diferentes manifestaciones.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B8FEE22" w14:textId="499F43B9" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Construyan espacios pedagógicos para la comprensión y el reconocimiento de la diversidad y de las capacidades excepcionales, la diferencia y las particularidades de las infancias en el ámbito educativo y social del contexto latinoamericano. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="321D7E68" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. Propongan acciones educativas con perspectiva crítica desde enfoques interculturales, pedagogías de las diferencias, decoloniales y emancipatorias. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D1A29BD" w14:textId="4C943848" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4.  Asuman la realidad como una producción sociohistórica compleja y ecosistémica, configurada no solo por colectivos sociales, que puede ser transformada y dignificada desde praxis emancipatorias.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="3A0FF5F2" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="1399"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F954196" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5F9D15A6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dimensión </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Epistemológico- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5F9D15A6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Pedagógica</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63FB56E0" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">En este sentido, los propósitos de la formación desde la dimensión Epistémico-pedagógica, apuestan porque los maestros y las maestras como investigadores e innovadores: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C0C6217" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Asuman su condición de sujetos sensibles, profesionales e intelectuales de la educación y pedagogos conscientes de su capacidad de agencia y transformación social. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D8700F5" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Desarrollen su capacidad de trabajo colaborativo y solidario para investigar, reflexionar, sistematizar y comunicar sus prácticas y experiencias pedagógicas. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="300F3158" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. Sitúen el valor formador y transformador de la experiencia y la investigación como ejes que articulan la formación y la innovación como vocación en la profesión docente. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EE724DA" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. Generen acciones que apunten hacia el análisis crítico del propio quehacer pedagógico y didáctico, así como a la reflexión sobre diversos ambientes de socialización donde el proceso educativo de los niños y niñas tiene lugar. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="307BEA6B" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. Alcancen una mayor comprensión de la labor como educadores y educadoras infantiles desde las dimensiones del quehacer docente que involucren la observación y el análisis reflexivo de las propias acciones, los diseños didácticos, la elaboración de marcos teóricos conceptuales, la contrastación teoría – práctica y la sistematización de las experiencias educativas. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17AD93B2" w14:textId="5F75E05A" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6. Promuevan la creación de experiencias educativas de carácter innovador desde las cuales se diseñe y se configure la transformación educativa y social.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="30B4FD84" w14:textId="77777777" w:rsidTr="00C13510">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EC90440" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="29EB4F1D" w14:textId="77777777" w:rsidTr="00C13510">
+        <w:trPr>
+          <w:trHeight w:val="1830"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F573606" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Dimensión ético política</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FC05DDE" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>En este sentido, en la dimensión Ético-política, los propósitos de la formación en la Licenciatura en Educación Infantil, plantean que los maestros como</w:t>
+            </w:r>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">intelectuales y constructores de escenarios democráticos: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B763C04" w14:textId="3C65B788" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1. Profundicen en temáticas de su propio interés que dialoguen y se reconfiguren a partir del reconocimiento de problematizaciones en torno a la educación o de las incertidumbres que afectan sus procesos de formación en el contacto con los contextos educativos de las infancias.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31E9595E" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2. Fortalecen los vínculos colectivos, con una conciencia que construya y aporte a la sociedad, donde el respeto y el reconocimiento de los otros y de sus derechos fundamentales, y la corresponsabilidad que implican, sea la premisa que guíe su quehacer.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="601644FC" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3. Signifiquen a los niños y las niñas como sujetos plenos de derechos, desde donde se favorezca la configuración de nuevas ciudadanías y subjetividades políticas activas, participativas y con potencia para la transformación. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51616F95" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4.  Favorezcan el desarrollo de propuestas pedagógicas desde la perspectiva crítica de derechos y el reconocimiento de la diferencia en la búsqueda de una educación sin exclusiones que aporte a la construcción de la paz y la democracia. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E8C0C73" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5.  Eduquen ciudadanos críticos, solidarios y respetuosos hacia sí mismos y hacia los otros que propendan por la transformación social y el compromiso político del docente.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F17AA40" w14:textId="22028085" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="69215EE2" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="1266"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64BA081F" w14:textId="11EC3C93" w:rsidR="00C13510" w:rsidRPr="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Dimensión estética</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FD68645" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">En la dimensión Estética, el Proyecto Curricular asume el compromiso de plantear como propósitos para la formación que los maestros y las maestras para la infancia: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7459E388" w14:textId="5F515ED6" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Sean conscientes del impacto de la sensibilidad y la afectividad en la constitución de las subjetividades diversas de las infancias, en la necesidad de fortalecer el potencial expresivo, comunicativo y creativo de niños, niñas y jóvenes, en las posibilidades del disfrute y el goce estético como parte de la experiencia humana. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CB282FD" w14:textId="33F22C85" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2. Impulsen prácticas pedagógicas y propuestas investigativas en las que se reconozca el poder transformador del mundo social y cultural de la sensibilidad, la expresividad y la creatividad de los sujetos que participan de la relación pedagógica en los contextos educativos.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67581400" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">3.  Promuevan la articulación de la dimensión estética del desarrollo humano en el diálogo interdisciplinar a partir del reconocimiento y valoración de la diferencia, de las sensibilidades y formas distintas de apropiar y habitar el mundo a partir de la capacidad formadora y transformadora de la experiencia y de la reflexión crítica de los sujetos. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="103F580B" w14:textId="2A45C556" w:rsidR="00C13510" w:rsidRPr="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4.  Fomenten la construcción de una identidad docente en la que la conciencia de sí, el cultivo de sí y el cuidado de sí, de los otros y de lo otro, sean parte constitutiva del oficio del docente y de la proyección social de su quehacer, desde los principios del </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>sentipensar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="104DC794">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="29C88460" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D072C0D" w14:textId="7DD8D7E0" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>V. PROPÓSITOS DE FORMACIÓN Y DE APRENDIZAJE (PFA) DEL ESPACIO ACADÉMICO (EN SU RELACIÓN CON EL CICLO Y EL NÚCLEO PROBLÉMICO)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48A21919" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="01512BE8" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51B77C73" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1. Ontológico- sociológico (sujeto maestro - investigador)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="072E2FA2" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>-Promuevan procesos pedagógicos significativos, que reconozcan la mutua interdependencia entre los diferentes seres que habitan en</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11E603E4" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>el mundo y propendan por la configuración de relaciones de armonía, defensa y cuidado de la vida en sus diferentes manifestaciones</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="402FF17C" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2. Epistémico-Pedagógico (la formación y el hacer del maestro)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A4FE99B" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>-Se asuman como sujetos sensibles, profesionales e intelectuales de la educación y pedagogos, conscientes de su capacidad de agencia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36C1A4B1" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>y transformación social.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DD7FBC8" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3. Ético – político</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21E30D90" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>-Eduquen ciudadanos críticos, solidarios y respetuosos hacia sí mismos y hacia los otros que propendan por la transformación social y el</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E8C01FD" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>compromiso político del docente.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C3514FB" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>4. Estético</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B72EBBB" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>- Fomenten la construcción de una identidad docente en la que la conciencia de sí, el cultivo de sí y el cuidado de sí, de los otros y de lo</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DA70637" w14:textId="22CA12DE" w:rsidR="00C13510" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">otro, sean parte constitutiva del oficio del docente y de la proyección social de su quehacer, desde los principios del </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>sentipensamiento</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C13510" w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="6BD18F9B" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="238601FE" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="0F3CABC7" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B08B5D1" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="16DEB4AB" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD9C6F4" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="4B1F511A" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65F9C3DC" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="2EA86976" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43417B8B" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>VI.  CONTENIDOS TEMÁTICOS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="46624170" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA8138A" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1. Introducción al seminario: La Identidad del Educador Infantil en las Redes de Cuidado</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11028E38" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1.1.Definición y propósito de las redes de cuidado infantil.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A16C234" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1.1.1. La interdependencia entre los actores educativos: familia, escuela y comunidad.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4624FFC9" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1.2. El maestro como articulador de redes de apoyo y agente de transformación social.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14759305" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1.2.1. Modelos teóricos del desarrollo infantil (Bronfenbrenner, Bowlby, Vygotsky, Castells, Nussbaum,  Peralta, Tronto, Martín-Barbero, Lipovetsky, Giroux, ente otros)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D95E7DA" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1.2.2. Estrategias pedagógicas para la construcción de vínculos entre familia, escuela y comunidad.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AEC8982" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.2.3.. La educación infantil como un proceso de aprendizaje situado y significativo. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F642F0B" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1.3. El maestro como mediador y garante de derechos en la infancia.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="216DABB7" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1.3.1. Políticas públicas de protección y educación infantil</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0761427B" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1.4. Construcción de la identidad docente desde el cuidado de sí y del otro.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39402899" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2. Saberes y Prácticas del Educador Infantil en la Comunidad</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D624D19" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2.1.La corresponsabilidad en el cuidado y educación de la infancia.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F3497EA" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2.1.1. El educador infantil como articulador de redes de apoyo.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FB4D222" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2.1.2. La interdependencia entre los actores educativos: familia, escuela y comunidad.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66EE525E" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2.2. Pedagogía del cuidado: enfoque holístico en la enseñanza infantil.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FDACF31" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2.2. Enfoque sociológico y filosófico sobre el cuidado infantil, la familia y la comunidad.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="684B6BFB" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2.3. Enfoque pedagógico y psicológico del cuidado a las infancias.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="307A6C94" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2.4. Estrategias didácticas para el trabajo colaborativo entre escuela, familia y comunidad.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63A42EEC" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2.5. Educación y equidad: garantizar el acceso a experiencias significativas para todos los niños.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CA906AD" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2.5.1. Compromiso docente con la justicia social y la inclusión educativa.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B71E6BF" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2.5.2. Formación de ciudadanos críticos y solidarios desde la primera infancia.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BAE2DAB" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2.6. El cuerpo y la emoción en la enseñanza: el maestro como ser sensible y expresivo.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="341AAB66" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3. Proyección Social y Compromiso del Educador Infantil</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E2E3D52" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3.1. El impacto de las redes de cuidado en la construcción del tejido social.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EF367C0" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3.1.1. El maestro como agente de cambio en las comunidades.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AE01F6B" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3.1.2. La educación infantil como un espacio de justicia y equidad.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33223093" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3.2. Evaluación y sostenibilidad de las estrategias de cuidado y enseñanza.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41AE5609" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3.2.1. Prácticas educativas para la construcción de comunidades de aprendizaje</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="582780EB" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3.2.2. Evaluación y sostenibilidad de las estrategias de cuidado y enseñanza.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E89958D" w14:textId="77777777" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3.3. Formación de ciudadanos con conciencia social y compromiso comunitario.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="214A6BEF" w14:textId="40D8BFAD" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:r w:rsidR="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3.1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Perspectiva económica sobre el desarrollo y el cuidado de la primera infancia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F1B6D7E" w14:textId="36BA5F3C" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3.2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>. Interculturalidad y cuidado infantil</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A44410F" w14:textId="1BF8B5E4" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3.3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>. Configuraciones de cuidado en las iniciativas políticas para el cuidado.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47809E76" w14:textId="12D9F865" w:rsidR="00BA07D0" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.3. </w:t>
+            </w:r>
+            <w:r w:rsidR="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>4,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Concepciones y prácticas de comunidades </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>indigenas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>- afrocolombianas. rom.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B8484D5" w14:textId="78C4EC39" w:rsidR="00C13510" w:rsidRPr="00BA07D0" w:rsidRDefault="00BA07D0" w:rsidP="00BA07D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3. 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>. Políticas públicas.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C13510" w:rsidRPr="00BA07D0">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="5023141B" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3B1409" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="562C75D1" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="664355AD" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="1A965116" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DF4E37C" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="44FB30F8" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DA6542E" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="37F6DC1F" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E4CF676" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>VII. ESTRATEGIAS DE ENSEÑANZA QUE FAVORECEN EL APRENDIZAJE (EN RELACIÓN CON LA FORMA DE TRABAJO ACADÉMICO AL QUE PERTENECE)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="4F8F56C0" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C9F375A" w14:textId="77777777" w:rsidR="0071195D" w:rsidRPr="0071195D" w:rsidRDefault="0071195D" w:rsidP="0071195D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Las sesiones del seminario se desarrollarán a partir del análisis de textos teóricos, la lectura de conceptos clave en las referencias bibliográficas, el estudio de casos, la construcción de la biografía pedagógica y la línea de vida, así como la participación en círculos de diálogo </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">y </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>sentipensamiento</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>, foros de debate crítico y conferencias. A través de estos recursos, se propiciará una aproximación integral al cuidado infantil, favoreciendo espacios de reflexión y construcción colectiva de conocimiento.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="131B5163" w14:textId="77777777" w:rsidR="0071195D" w:rsidRPr="0071195D" w:rsidRDefault="0071195D" w:rsidP="0071195D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Los encuentros estarán diseñados para movilizar discursividades tanto a nivel oral como escrito, permitiendo que los participantes exploren sus propias experiencias y confronten sus ideas con diversas perspectivas teóricas y situadas. Además, las sesiones promoverán discusiones y reflexiones que fomenten el pensamiento crítico desde una mirada fenomenológica-hermenéutica, lo que posibilitará la problematización de escenarios y realidades concretas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="649CC1FA" w14:textId="1A0E06B4" w:rsidR="00C13510" w:rsidRPr="0071195D" w:rsidRDefault="0071195D" w:rsidP="0071195D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Como producto final, cada estudiante desarrollará un proyecto de redes de cuidado, un portafolio reflexivo o una narrativa pedagógica, en los que integrará los conocimientos adquiridos a lo largo del seminario. Este producto permitirá articular los enfoques ontológico-sociológico, epistémico-pedagógico, ético-político y estético, evidenciando su comprensión sobre la importancia de las redes de cuidado en la educación infantil y su rol como educadores en la configuración de espacios protectores y transformadores para la infancia.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C13510" w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="3041E394" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="722B00AE" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="42C6D796" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E1831B3" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="54E11D2A" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31126E5D" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="2DE403A5" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62431CDC" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="72DDFEE8" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A7F74F6" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>VIII.  EVALUACIÓN (DE ACUERDO CON LOS PROPÓSITOS FORMATIVOS DEL NÚCLEO, EL PROCESO, DE CARATER CUALITATIVO Y CUANTITATIVO)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="10EF996B" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F894263" w14:textId="77777777" w:rsidR="0071195D" w:rsidRPr="0071195D" w:rsidRDefault="0071195D" w:rsidP="0071195D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>A continuación se relaciona la evaluación y los componentes que permiten el carácter formativo de la misma.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FC4C885" w14:textId="77777777" w:rsidR="0071195D" w:rsidRPr="0071195D" w:rsidRDefault="0071195D" w:rsidP="0071195D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Primer corte : 35%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B4DA08F" w14:textId="77777777" w:rsidR="0071195D" w:rsidRPr="0071195D" w:rsidRDefault="0071195D" w:rsidP="0071195D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Identidad del Educador en las Redes de Cuidado</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C156CBC" w14:textId="77777777" w:rsidR="0071195D" w:rsidRPr="0071195D" w:rsidRDefault="0071195D" w:rsidP="0071195D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1.1. Análisis de estudio de caso: "El educador en las redes de cuidado" (15%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CF93985" w14:textId="77777777" w:rsidR="0071195D" w:rsidRPr="0071195D" w:rsidRDefault="0071195D" w:rsidP="0071195D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1.2. Ensayo reflexivo sobre la identidad docente en las redes de cuidado (15%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10207943" w14:textId="77777777" w:rsidR="0071195D" w:rsidRPr="0071195D" w:rsidRDefault="0071195D" w:rsidP="0071195D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1.3. Biografía pedagógica y línea de vida (5%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48D8BFEE" w14:textId="77777777" w:rsidR="0071195D" w:rsidRPr="0071195D" w:rsidRDefault="0071195D" w:rsidP="0071195D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Segundo corte: 35%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E47D6F7" w14:textId="77777777" w:rsidR="0071195D" w:rsidRPr="0071195D" w:rsidRDefault="0071195D" w:rsidP="0071195D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Saberes y Prácticas del Cuidado en la Infancia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="650EA2D6" w14:textId="77777777" w:rsidR="0071195D" w:rsidRPr="0071195D" w:rsidRDefault="0071195D" w:rsidP="0071195D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.1. Análisis de estudio de caso sobre redes de cuidado, con base a los  referentes teóricos vistos  (15%) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D89D52A" w14:textId="77777777" w:rsidR="0071195D" w:rsidRPr="0071195D" w:rsidRDefault="0071195D" w:rsidP="0071195D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.2. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Microinvestigación</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> colaborativa (10%) (Observación y análisis de una experiencia real de integración familia-escuela-comunidad)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC39BE7" w14:textId="77777777" w:rsidR="0071195D" w:rsidRPr="0071195D" w:rsidRDefault="0071195D" w:rsidP="0071195D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2.3. Foro de debate crítico (10%).  Discusión sobre dilemas ético-políticos en el cuidado infantil.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A40B920" w14:textId="77777777" w:rsidR="0071195D" w:rsidRPr="0071195D" w:rsidRDefault="0071195D" w:rsidP="0071195D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Tercer corte: 30%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="700AA9AF" w14:textId="77777777" w:rsidR="0071195D" w:rsidRPr="0071195D" w:rsidRDefault="0071195D" w:rsidP="0071195D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Proyección Social y Ética del Cuidado</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="641C8D17" w14:textId="77777777" w:rsidR="0071195D" w:rsidRPr="0071195D" w:rsidRDefault="0071195D" w:rsidP="0071195D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3.1. Producto final (Proyecto de Redes de Cuidado / Portafolio Reflexivo / Narrativa Pedagógica) (20%). (Trabajo integrador que evidencie aprendizajes y proyección profesional).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E3886A4" w14:textId="365DA890" w:rsidR="00C13510" w:rsidRDefault="0071195D" w:rsidP="0071195D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071195D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3.2. Exposición y defensa del producto final (10%) (Presentación de los hallazgos y reflexiones del proceso)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C13510">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="49E398E2" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16287F21" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="5BE93A62" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="384BA73E" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="34B3F2EB" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D34F5C7" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="0B4020A7" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D7B270A" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="7C989C6D" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="495"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="027EAC58" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>IX. MEDIOS Y RECURSOS EDUCATIVOS (ASOCIADOS A LAS FORMAS DE TRABAJO ACADÉMICO)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="4ECEB114" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27B16C95" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Se hace uso de materiales tales como noticias, artículos de opinión, artículos científicos, capítulos de libro y libros, películas, videos y el uso del</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C9F5330" w14:textId="34A519D5" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>espacio. Para este seminario se tienen en cuenta las siguientes maneras para el trabajo individual</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D8BF348" w14:textId="058D43E0" w:rsidR="00C13510" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">y colectivo: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">estudios de caso, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>cuestionarios, foros, talleres, participación, exposiciones y presentaciones, cine foro, producciones escritas.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C13510">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="4F904CB7" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06971CD3" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="2A1F701D" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03EFCA41" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="1AFA9338" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="495"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A49E13F" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>X. PRÁCTICAS ACADÉMICAS - SALIDAS DE CAMPO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="5EDB29A5" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4474F8A0" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="5F96A722" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B95CD12" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="5220BBB2" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13CB595B" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="4C957C33" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CED711A" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>XI.  BIBLIOGRAFÍA (EN NORMAS APA, INDICADO LOS NOMBRES Y APELLIDOS SIN ABREVIATURAS DE LOS AUTORES)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="232027C2" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E9421CB" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Básicas (MÍNIMO 3 DOCUMENTOS EN IDIOMAS DIFERENTES AL ESPAÑOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CFF0D5E" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Álvarez Vargas, C. (2020). Experiencias de crianza en contextos de conflicto armado. Universidad de Manizales, Facultad de Ciencias Sociales y Humanas, Fundación CINDE. Recuperado de https://repository.cinde.org.co/handle/20.500.11907/2709Batthyány, Karina. (2020). Miradas latinoamericanas a los cuidados. CLACSO. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Batthyány</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Karina, Genta, N., &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Perrotta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>, V. (2014). La dimensión de género en el saber experto en cuidado infantil. Psicología, Conocimiento y Sociedad, 4(1), 33-58.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FB0B50E" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Blofield</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Merike</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y Martínez, Juliana. (2014). Trabajo, familia y cambios en la política pública en América Latina: equidad, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>maternalismo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y corresponsabilidad. Revista de la CEPAL, 111.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="591E8EC2" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Boff</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>, Leonardo. (2002). El cuidado esencial. Trotta.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04579CEB" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bowlby, John. (1969). </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Attachment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>loss</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Vol. 1. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Attachment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Basic </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Books</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="302BA130" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bronfenbrenner, Urie. (1979). The </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ecology</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of human </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>development</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Experiments</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>nature</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>design</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>. Harvard University Press.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14D382A9" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Faur</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>, Eleonor. (2014). El cuidado infantil en el siglo XXI. Mujeres malabaristas en una sociedad desigual. Siglo XXI Editores.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1148472B" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ministerio de Educación Nacional de Colombia. (2014). Sentido de la educación inicial. Recuperado de https://www.seb.gov.co/wp-content/uploads/2022/09/SENTIDO-DE-LA-ED-INICIAL-20.pdf</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CDEF1D3" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nussbaum, Martha </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Craven</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. (2011). </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Creating</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>capabilities</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: The human </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>development</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>approach</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>. Harvard University Press.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FEFDDC8" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Peralta Espinosa, María Victoria. (2010). Pedagogía de la educación infantil: Enfoques y perspectivas. Editorial Universidad Central.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="201C08FE" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Toro, Bernardo. (2014). El cuidado: el paradigma ético de la nueva civilización. Recuperado de https://bibliotecadigital.ccb.org.co/handle/11520/23420</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="578DD404" w14:textId="6E91A8C0" w:rsidR="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vygotsky, Lev </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Semiónovich</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. (1978). </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Mind</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>society</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: The </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>development</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of higher </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>psychological</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>processes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>. Harvard University Press.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="6D9C8D39" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="675E05EE" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="2B438280" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B409AFF" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Complementarias</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49E58067" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Álvarez Vargas, C. (2020). Experiencias de crianza en contextos de conflicto armado. Universidad de Manizales, Facultad de Ciencias Sociales y Humanas, Fundación CINDE. Recuperado de https://repository.cinde.org.co/handle/20.500.11907/2709</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="047BBC99" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Batthyány</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>, Karina. (2020). Miradas latinoamericanas a los cuidados. CLACSO.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19FEF082" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Batthyány</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Karina, Genta, N., &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Perrotta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>, V. (2014). La dimensión de género en el saber experto en cuidado infantil. Psicología, Conocimiento y Sociedad, 4(1), 33-58.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="645D642C" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Blofield</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Merike</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, &amp; Martínez, Juliana. (2014). Trabajo, familia y cambios en la política pública en América Latina: equidad, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>maternalismo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y corresponsabilidad. Revista de la CEPAL, 111.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DD8C79F" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Boff</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>, Leonardo. (2002). El cuidado esencial. Trotta.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="306EFE39" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Céspedes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>, L. T. M. B. P. (2016). Pedagogía de la ternura.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D1B93EB" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Cuervo Martínez, Ángela. (2010). Pautas de crianza y desarrollo socioafectivo en la infancia. Diversitas: Perspectivas en psicología, 6(1), 111-121.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16067597" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Day, M. (2019). El concepto de red en Manuel Castells y Bruno Latour. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>RevIISE</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>: Revista de Ciencias Sociales y Humanas, 13(13), 69-76.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10D9E5D2" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>del Carmen Rodríguez, M., Peña, J. V., &amp; Torío, S. (2009). La experiencia de la paternidad y la maternidad: análisis del discurso de las creencias sobre la crianza y el cuidado infantil. Infancia y Aprendizaje, 32(1), 81-95.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1252531A" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Esquivel, Valeria. (2011). El cuidado infantil en las familias. Un análisis en base a la encuesta de uso del tiempo de la ciudad de Buenos Aires. En Esquivel, V., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Faur</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, E., &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Jelin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>, E. (Eds.), Las lógicas del cuidado infantil. Entre las familias, el Estado y el mercado (pp. 12-28). IDES-UNICEF-UNFPA.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B4ACD8E" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Faur</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>, Eleonor. (2006). Género y conciliación familia-trabajo. Legislación laboral y subjetividades masculinas en América Latina. En Mora, L. &amp; Moreno, M. J. (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Coords</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.), Cohesión social, políticas conciliatorias y presupuesto público. Una mirada desde el género. UNFPA-GTZ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FBCBADE" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Faur</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>, Eleonor. (2014). El cuidado infantil en el siglo XXI. Mujeres malabaristas en una sociedad desigual. Siglo XXI Editores.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0659C146" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nussbaum, Martha </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Craven</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. (2011). </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Creating</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>capabilities</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: The human </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>development</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>approach</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>. Harvard University Press.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C586030" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Presidencia de la República de Colombia. (2022). Decreto 1411 de 2022. Recuperado de https://www.funcionpublica.gov.co/eva/gestornormativo/norma.php?i=191187</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="256EEF66" w14:textId="77777777" w:rsidR="00EB1BC9" w:rsidRPr="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Sorj</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Bernardo. (2014). </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Socialização</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> do cuidado e desigualdades </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>sociais</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>. Tempo Social, 26(1), 123-128.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10EAAB23" w14:textId="2BE2ED5A" w:rsidR="00EB1BC9" w:rsidRDefault="00EB1BC9" w:rsidP="00EB1BC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB1BC9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Toro, Bernardo. (2014). El cuidado: el paradigma ético de la nueva civilización. Recuperado de https://bibliotecadigital.ccb.org.co/handle/11520/23420.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="2FC17F8B" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A4F7224" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="14FC897B" w14:textId="77777777" w:rsidTr="007C14A8">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D0099EB" w14:textId="77777777" w:rsidR="006E6207" w:rsidRPr="006E6207" w:rsidRDefault="00C13510" w:rsidP="006E6207">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Páginas web</w:t>
+            </w:r>
+            <w:r w:rsidR="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="006E6207" w:rsidRPr="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Rodríguez Enríquez, Corina (2015) “Economía feminista y economía del cuidado Aportes conceptuales para el estudio de la desigualdad”, en Revista Nueva Sociedad No 256,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B1DA4CA" w14:textId="77777777" w:rsidR="006E6207" w:rsidRPr="006E6207" w:rsidRDefault="006E6207" w:rsidP="006E6207">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>marzo-abril de 2015.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B4799BF" w14:textId="77777777" w:rsidR="006E6207" w:rsidRPr="006E6207" w:rsidRDefault="006E6207" w:rsidP="006E6207">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>complutense de educación.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74E20F59" w14:textId="77777777" w:rsidR="006E6207" w:rsidRPr="006E6207" w:rsidRDefault="006E6207" w:rsidP="006E6207">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Rodríguez Menéndez, M. D. C., &amp; Torío López, S. (2005). El discurso de género del profesorado de educación infantil: hablando acerca de la ética del cuidado. Revista</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F73B6CE" w14:textId="77777777" w:rsidR="006E6207" w:rsidRPr="006E6207" w:rsidRDefault="006E6207" w:rsidP="006E6207">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Aldeas Infantiles SOS Colombia – https://www.aldeasinfantiles.org.co</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3538BED9" w14:textId="77777777" w:rsidR="006E6207" w:rsidRPr="006E6207" w:rsidRDefault="006E6207" w:rsidP="006E6207">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ministerio de Educación Nacional de Colombia – https://www.mineducacion.gov.co</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CFE65A5" w14:textId="77777777" w:rsidR="006E6207" w:rsidRPr="006E6207" w:rsidRDefault="006E6207" w:rsidP="006E6207">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Red </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>PaPaz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – https://www.redpapaz.org</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38894EC8" w14:textId="268E4A7A" w:rsidR="00C13510" w:rsidRDefault="006E6207" w:rsidP="006E6207">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>UNICEF Colombia – https://www.unicef.org/colombia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0595C039" w14:textId="77777777" w:rsidR="006E6207" w:rsidRPr="006E6207" w:rsidRDefault="006E6207" w:rsidP="006E6207">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Rodríguez Enríquez, Corina (2015) “Economía feminista y economía del cuidado Aportes conceptuales para el estudio de la desigualdad”, en Revista Nueva Sociedad No 256,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CFBF9E9" w14:textId="77777777" w:rsidR="006E6207" w:rsidRPr="006E6207" w:rsidRDefault="006E6207" w:rsidP="006E6207">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>marzo-abril de 2015.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49AF4A1E" w14:textId="77777777" w:rsidR="006E6207" w:rsidRPr="006E6207" w:rsidRDefault="006E6207" w:rsidP="006E6207">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>complutense de educación.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64BB3F02" w14:textId="77777777" w:rsidR="006E6207" w:rsidRPr="006E6207" w:rsidRDefault="006E6207" w:rsidP="006E6207">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Rodríguez Menéndez, M. D. C., &amp; Torío López, S. (2005). El discurso de género del profesorado de educación infantil: hablando acerca de la ética del cuidado. Revista</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E6D0EF5" w14:textId="77777777" w:rsidR="006E6207" w:rsidRPr="006E6207" w:rsidRDefault="006E6207" w:rsidP="006E6207">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Aldeas Infantiles SOS Colombia – https://www.aldeasinfantiles.org.co</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38E3C809" w14:textId="77777777" w:rsidR="006E6207" w:rsidRPr="006E6207" w:rsidRDefault="006E6207" w:rsidP="006E6207">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ministerio de Educación Nacional de Colombia – https://www.mineducacion.gov.co</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="157DE4DA" w14:textId="77777777" w:rsidR="006E6207" w:rsidRPr="006E6207" w:rsidRDefault="006E6207" w:rsidP="006E6207">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Red </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>PaPaz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – https://www.redpapaz.org</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05760E26" w14:textId="19C14209" w:rsidR="006E6207" w:rsidRDefault="006E6207" w:rsidP="006E6207">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6207">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>UNICEF Colombia – https://www.unicef.org/colombia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28B8EA32" w14:textId="77777777" w:rsidR="006E6207" w:rsidRDefault="006E6207" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="5AE48A43" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="50F40DEB" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="14560C6F" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DE48296" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>XII. SEGUIMIENTO Y ACTUALIZACIÓN DEL SYLLABUS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="3FF0DCC6" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F48187" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DOCENTE AUTORA/AUTOR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="981" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6F60B5" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF8BA61" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17DF240B" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>DOCENTE QUE ACUTALIZA EL DOUMENTO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1315" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="365DB198" w14:textId="3DF2D1E0" w:rsidR="00C13510" w:rsidRDefault="00EB1BC9" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Jenny Cuesta Montañez</w:t>
+            </w:r>
+            <w:r w:rsidR="00C13510">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39AB52A5" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>FECHA DE REALIZACIÓN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D5BCD6B" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC5EC03" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3751300F" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="2E35E731" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3751" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47F43BED" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Fecha revisión por Consejo Curricular:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9244" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F0889A" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="51FD5926" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01E76C75" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Fecha aprobación por Consejo Curricular:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="981" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B515302" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4253EF77" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4405" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D6473E8" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0306AE45" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Número de acta:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2887" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="696D69FC" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C13510" w14:paraId="77A52294" w14:textId="77777777" w:rsidTr="104DC794">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12995" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="007DCDA8" w14:textId="77777777" w:rsidR="00C13510" w:rsidRDefault="00C13510" w:rsidP="00C13510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="057D632E" w14:textId="0891505A" w:rsidR="00ED36FB" w:rsidRDefault="00ED36FB">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00ED36FB">
+      <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
+      <w:pgMar w:top="1701" w:right="1417" w:bottom="1701" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
+      <w:cols w:space="720"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...615 lines deleted...]
-</sst>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:panose1 w:val="02020400000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...353 lines deleted...]
-</styleSheet>
+<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+  <int2:observations/>
+  <int2:intelligenceSettings/>
+  <int2:onDemandWorkflows/>
+</int2:intelligence>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="160"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00ED36FB"/>
+    <w:rsid w:val="001665B2"/>
+    <w:rsid w:val="00420F0A"/>
+    <w:rsid w:val="00464BA7"/>
+    <w:rsid w:val="004D0A3C"/>
+    <w:rsid w:val="0058745C"/>
+    <w:rsid w:val="00642654"/>
+    <w:rsid w:val="006E6207"/>
+    <w:rsid w:val="007058B0"/>
+    <w:rsid w:val="0071195D"/>
+    <w:rsid w:val="0078755B"/>
+    <w:rsid w:val="007C14A8"/>
+    <w:rsid w:val="00B0460E"/>
+    <w:rsid w:val="00BA07D0"/>
+    <w:rsid w:val="00C13510"/>
+    <w:rsid w:val="00C1403B"/>
+    <w:rsid w:val="00C616F6"/>
+    <w:rsid w:val="00D0061B"/>
+    <w:rsid w:val="00DE0E45"/>
+    <w:rsid w:val="00EB1BC9"/>
+    <w:rsid w:val="00ED36FB"/>
+    <w:rsid w:val="00F35BC7"/>
+    <w:rsid w:val="104DC794"/>
+    <w:rsid w:val="5F9D15A6"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="es-ES" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="7555AA4C"/>
+  <w15:docId w15:val="{8980D153-BC28-4F22-9C30-A0BB318A4CBC}"/>
+</w:settings>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="es-CO" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="NormalTable0">
+    <w:name w:val="Normal Table0"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="72"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Encabezado">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EncabezadoCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00986AC6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4419"/>
+        <w:tab w:val="right" w:pos="8838"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
+    <w:name w:val="Encabezado Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Encabezado"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00986AC6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Piedepgina">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PiedepginaCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00986AC6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4419"/>
+        <w:tab w:val="right" w:pos="8838"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
+    <w:name w:val="Pie de página Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Piedepgina"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00986AC6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subttulo">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
+    <w:basedOn w:val="NormalTable0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="70" w:type="dxa"/>
+        <w:right w:w="70" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+</w:styles>
 </file>
 
-<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-[...118 lines deleted...]
-</xdr:wsDr>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - Tema de 2022">
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1434,1282 +9100,95 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-[...1139 lines deleted...]
-</worksheet>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mitJStOFuCZiGVR4clVhTfy9Ku+aw==">CgMxLjA4AHIhMUhraG5WUS0zTXJvOWNhLXlPMC1Cd3Mtc3JaaTF2eExC</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...47 lines deleted...]
-</worksheet>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>11</Pages>
+  <Words>3558</Words>
+  <Characters>21442</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>421</Lines>
+  <Paragraphs>216</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Hojas de cálculo</vt:lpstr>
-[...5 lines deleted...]
-        <vt:lpstr>Rangos con nombre</vt:lpstr>
+        <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>'AA-FR-003'!Área_de_impresión</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>24881</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Licenciatura en Educacion Infantil</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision/>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
-  <cp:contentStatus/>
 </cp:coreProperties>
 </file>